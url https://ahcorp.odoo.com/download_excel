--- v0 (2025-12-28)
+++ v1 (2026-02-27)
@@ -10,112 +10,106 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="211">
   <si>
     <t>CODE/CÓDIGO</t>
   </si>
   <si>
     <t>DESCRIPTION/DESCRIPCIÓN</t>
   </si>
   <si>
     <t>GRADE/GRADO</t>
   </si>
   <si>
     <t>STOCK</t>
   </si>
   <si>
     <t>AZ003</t>
   </si>
   <si>
     <t>VISILLO ZOE C-01</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>BC003</t>
   </si>
   <si>
     <t>CUERO VENETTO AZUL LAGUNA</t>
   </si>
   <si>
     <t>J</t>
   </si>
   <si>
     <t>CN029</t>
   </si>
   <si>
     <t>WHITE TEN 1</t>
   </si>
   <si>
     <t>CN037</t>
   </si>
   <si>
     <t>TEJIDO TWIN 69 CORAL</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
-    <t>CN038</t>
-[...2 lines deleted...]
-    <t>BEIGE MIRAGE 7</t>
+    <t>CN040</t>
+  </si>
+  <si>
+    <t>TAUPE MIRAGE 5</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
-    <t>CN040</t>
-[...4 lines deleted...]
-  <si>
     <t>CN050</t>
   </si>
   <si>
     <t>WHITE MIRAGE 1</t>
   </si>
   <si>
     <t>CN051</t>
   </si>
   <si>
     <t>GREY VELVETY 54</t>
   </si>
   <si>
     <t>CN052</t>
   </si>
   <si>
     <t xml:space="preserve">SAND  IN-OUT BORA BORA 8 </t>
   </si>
   <si>
     <t>CN054</t>
   </si>
   <si>
     <t>COFFEE MIRAGE 53</t>
   </si>
   <si>
     <t>CN060</t>
@@ -129,221 +123,203 @@
   <si>
     <t>DARK BLUE MIRAGE 43</t>
   </si>
   <si>
     <t>CN065</t>
   </si>
   <si>
     <t>GREY MIRAGE 54</t>
   </si>
   <si>
     <t>CN068</t>
   </si>
   <si>
     <t>CN073</t>
   </si>
   <si>
     <t>GRANIT 26</t>
   </si>
   <si>
     <t>CN077</t>
   </si>
   <si>
     <t>YELLOW CHIC 20</t>
   </si>
   <si>
-    <t>CN078</t>
-[...4 lines deleted...]
-  <si>
     <t>CN079</t>
   </si>
   <si>
     <t>CLASSIC BLUE CHIC 45</t>
   </si>
   <si>
     <t>CN081</t>
   </si>
   <si>
     <t>OFF WHITE NOAH 01</t>
   </si>
   <si>
     <t>CN083</t>
   </si>
   <si>
     <t>CLASSIC BLUE NOAH 43</t>
   </si>
   <si>
     <t>EI017</t>
   </si>
   <si>
     <t>RAFFIA CAMEL ES-04</t>
   </si>
   <si>
     <t>EN008</t>
   </si>
   <si>
     <t>SUPERSOFT mf MOSTAZA</t>
   </si>
   <si>
-    <t>EN018</t>
-[...2 lines deleted...]
-    <t>OMEGA PU ICE</t>
+    <t>EN021</t>
+  </si>
+  <si>
+    <t>DELTA SPU LIGTH GREY</t>
+  </si>
+  <si>
+    <t>EN029</t>
+  </si>
+  <si>
+    <t>HERITAGE ANTI-SAINT FB TURQUOISE 17</t>
+  </si>
+  <si>
+    <t>EN031</t>
+  </si>
+  <si>
+    <t>HERITAGE ANTI-SAINT FB TOFFEE 03</t>
+  </si>
+  <si>
+    <t>EN034</t>
+  </si>
+  <si>
+    <t>HERITAGE - ANTI-STAIN fb, ORANGE 10</t>
+  </si>
+  <si>
+    <t>EN037</t>
+  </si>
+  <si>
+    <t>NAPPATECH pvc, CUOIO</t>
+  </si>
+  <si>
+    <t>EN045</t>
+  </si>
+  <si>
+    <t>OMEGA BLUE</t>
+  </si>
+  <si>
+    <t>EN047</t>
+  </si>
+  <si>
+    <t>OMEGA BORDEAUX</t>
+  </si>
+  <si>
+    <t>EN070</t>
+  </si>
+  <si>
+    <t>SEATTLE CAMEL</t>
+  </si>
+  <si>
+    <t>EN075</t>
+  </si>
+  <si>
+    <t>ODESSEY ICE</t>
+  </si>
+  <si>
+    <t>IA004</t>
+  </si>
+  <si>
+    <t>TEJIDO DUCA/Z ROJO</t>
+  </si>
+  <si>
+    <t>IA007</t>
+  </si>
+  <si>
+    <t>TEJIDO HUSTLE 370 UVA</t>
+  </si>
+  <si>
+    <t>IA008</t>
+  </si>
+  <si>
+    <t>TEJIDO POP 113 UVA</t>
+  </si>
+  <si>
+    <t>IA012</t>
+  </si>
+  <si>
+    <t>BLACK &amp; WHITE FELICIDAD AA12</t>
+  </si>
+  <si>
+    <t>IA013</t>
+  </si>
+  <si>
+    <t>DEEP BLUE LIBARI 18</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
-    <t>EN021</t>
-[...88 lines deleted...]
-  <si>
     <t>IA015</t>
   </si>
   <si>
     <t>BLACK &amp; WHITE  FOLK2</t>
   </si>
   <si>
     <t>IA016</t>
   </si>
   <si>
     <t>CHARCOAL &amp; WHITE FOLK</t>
   </si>
   <si>
+    <t>IA019</t>
+  </si>
+  <si>
+    <t>WHEAT FOLK LTA22</t>
+  </si>
+  <si>
     <t>IA023</t>
   </si>
   <si>
     <t>WINE QUALFOLK LRO11</t>
   </si>
   <si>
     <t>KR010</t>
   </si>
   <si>
     <t>KRAVET DESIGN 35704-516</t>
   </si>
   <si>
     <t>KT010</t>
   </si>
   <si>
     <t>DARK BLUE MONACO 1</t>
   </si>
   <si>
-    <t>KT012</t>
-[...4 lines deleted...]
-  <si>
     <t>KT013</t>
   </si>
   <si>
     <t>SILVER MONACO 1</t>
   </si>
   <si>
     <t>KT022</t>
   </si>
   <si>
     <t>MARSALA MONACO</t>
   </si>
   <si>
     <t>KT024</t>
   </si>
   <si>
     <t>ORANGE MONACO</t>
   </si>
   <si>
     <t>KT027</t>
   </si>
   <si>
     <t>GREEN PINNINA 01</t>
   </si>
   <si>
     <t>KT035</t>
@@ -522,74 +498,86 @@
   <si>
     <t>MR062</t>
   </si>
   <si>
     <t>CAMORAS 14</t>
   </si>
   <si>
     <t>MR093</t>
   </si>
   <si>
     <t>TERRACOTA CETARA 14</t>
   </si>
   <si>
     <t>MR101</t>
   </si>
   <si>
     <t>KUMA 99</t>
   </si>
   <si>
     <t>NA025</t>
   </si>
   <si>
     <t>TELA DISENO CIRCULOS AZULES</t>
   </si>
   <si>
+    <t>NT028</t>
+  </si>
+  <si>
+    <t>TEJIDO A2491/125/38 - 997</t>
+  </si>
+  <si>
     <t>PX130</t>
   </si>
   <si>
     <t xml:space="preserve">BEIGE PICARD TRASP MARMOTA </t>
   </si>
   <si>
     <t>RE035</t>
   </si>
   <si>
     <t>CAMEL TURTLE LEATHER</t>
   </si>
   <si>
     <t>RE057</t>
   </si>
   <si>
     <t>WHITE MILAN PORTOFINO LEATHER</t>
   </si>
   <si>
     <t>RE070</t>
   </si>
   <si>
     <t>GUN METAL MILAN PORTOFINO LEATHER</t>
   </si>
   <si>
+    <t>RE072</t>
+  </si>
+  <si>
+    <t>OFF WHITE MILAN PORTOFINO LEATHER</t>
+  </si>
+  <si>
     <t>RE073</t>
   </si>
   <si>
     <t>PURE BLACK MILAN PORTOFINO LEATHER</t>
   </si>
   <si>
     <t>RE075</t>
   </si>
   <si>
     <t>POWDER BLUE MILAN PORTOFINO LEATHER</t>
   </si>
   <si>
     <t>SD005</t>
   </si>
   <si>
     <t>SEDA VERDE</t>
   </si>
   <si>
     <t>ST010</t>
   </si>
   <si>
     <t>SATISEDA PLUS 37 GRIS 300 CM</t>
   </si>
   <si>
     <t>TF003</t>
@@ -654,60 +642,57 @@
   <si>
     <t>VE081</t>
   </si>
   <si>
     <t>GREY OHIO DUO DOTS M600</t>
   </si>
   <si>
     <t>VE084</t>
   </si>
   <si>
     <t>DARK BLUE MONTANA DESIGN J841-9</t>
   </si>
   <si>
     <t>VE089</t>
   </si>
   <si>
     <t>MONTANA F420</t>
   </si>
   <si>
     <t>VE095</t>
   </si>
   <si>
     <t>LOTUS J950 (40/378/598)</t>
   </si>
   <si>
-    <t>Fecha de descarga: 2025-12-28 02:57:45.500438</t>
+    <t>Fecha de descarga: 2026-02-27 09:15:45.044467</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
@@ -715,52 +700,52 @@
         <fgColor rgb="FF000000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="right"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -1016,1519 +1001,1494 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:D106"/>
+  <dimension ref="A1:D104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="14.28515625" customWidth="1"/>
-    <col min="2" max="2" width="29.42578125" customWidth="1"/>
+    <col min="2" max="2" width="36" customWidth="1"/>
+    <col min="3" max="3" width="8" customWidth="1"/>
+    <col min="4" max="4" width="14.42578125" customWidth="1"/>
+    <col min="5" max="5" width="14.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>5</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="C2" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D2" s="3">
         <v>68.72</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>8</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="C3" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D3" s="3">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="2" t="s">
         <v>10</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="C4" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D4" s="3">
-        <v>23.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="2" t="s">
         <v>12</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>13</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="C5" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D5" s="3">
         <v>129.6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="2" t="s">
         <v>15</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C6" s="2" t="s">
+      <c r="C6" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="3">
-        <v>116.69</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="2" t="s">
         <v>18</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>19</v>
       </c>
-      <c r="C7" s="2" t="s">
+      <c r="C7" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D7" s="3">
-        <v>106.28</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="2" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="C8" s="2" t="s">
-        <v>17</v>
+      <c r="C8" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D8" s="3">
-        <v>145.4</v>
+        <v>111.21</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="2" t="s">
         <v>22</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="C9" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D9" s="3">
-        <v>118.51</v>
+        <v>28.36</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="2" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C10" s="2" t="s">
-        <v>14</v>
+      <c r="C10" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D10" s="3">
-        <v>28.36</v>
+        <v>25.8</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>27</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="C11" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D11" s="3">
-        <v>25.8</v>
+        <v>217.95</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D12" s="3">
-        <v>108.25</v>
+        <v>154.9</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="2" t="s">
         <v>30</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C13" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D13" s="3">
-        <v>172.9</v>
+        <v>127.7</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" s="2" t="s">
         <v>32</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>33</v>
-[...1 lines deleted...]
-      <c r="C14" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D14" s="3">
-        <v>156.13</v>
+        <v>60.95</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="B15" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="2" t="s">
+      <c r="C15" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D15" s="3">
-        <v>85.3</v>
+        <v>32.9</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="2" t="s">
         <v>35</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C16" s="2" t="s">
-        <v>17</v>
+      <c r="C16" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D16" s="3">
-        <v>32.9</v>
+        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="2" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="C17" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D17" s="3">
-        <v>163.55</v>
+        <v>104.84</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" s="2" t="s">
         <v>39</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="C18" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D18" s="3">
-        <v>81.20999999999999</v>
+        <v>132.09</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" s="2" t="s">
         <v>41</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="C19" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D19" s="3">
-        <v>160.59</v>
+        <v>102.38</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" s="2" t="s">
         <v>43</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C20" s="2" t="s">
-        <v>14</v>
+      <c r="C20" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D20" s="3">
-        <v>135.59</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" s="2" t="s">
         <v>45</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C21" s="2" t="s">
-        <v>14</v>
+      <c r="C21" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D21" s="3">
-        <v>109.98</v>
+        <v>120</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" s="2" t="s">
         <v>47</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="C22" s="2" t="s">
-        <v>6</v>
+      <c r="C22" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D22" s="3">
-        <v>57</v>
+        <v>25.3</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" s="2" t="s">
         <v>49</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="C23" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D23" s="3">
-        <v>120</v>
+        <v>48.5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" s="2" t="s">
         <v>51</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="C24" s="2" t="s">
-        <v>53</v>
+      <c r="C24" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D24" s="3">
-        <v>184.5</v>
+        <v>37.05</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="B25" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B25" s="2" t="s">
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="C25" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D25" s="3">
-        <v>25.8</v>
+        <v>98.90000000000001</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B26" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="B26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="2" t="s">
+      <c r="C26" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D26" s="3">
-        <v>48.5</v>
+        <v>180.5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" s="2" t="s">
         <v>58</v>
       </c>
-      <c r="B27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="2" t="s">
+      <c r="C27" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D27" s="3">
-        <v>37.05</v>
+        <v>64.56999999999999</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" s="2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B28" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="B28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="2" t="s">
+      <c r="C28" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D28" s="3">
-        <v>98.90000000000001</v>
+        <v>54.1</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" s="2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" s="2" t="s">
         <v>62</v>
       </c>
-      <c r="B29" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="2" t="s">
+      <c r="C29" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D29" s="3">
-        <v>180.5</v>
+        <v>23.38</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" s="2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B30" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="B30" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="2" t="s">
+      <c r="C30" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D30" s="3">
-        <v>78.17</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B31" s="2" t="s">
         <v>66</v>
       </c>
-      <c r="B31" s="2" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="2" t="s">
+      <c r="C31" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D31" s="3">
-        <v>22.6</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B32" s="2" t="s">
         <v>68</v>
       </c>
-      <c r="B32" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="C32" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D32" s="3">
-        <v>54.1</v>
+        <v>24</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B33" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="B33" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="C33" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D33" s="3">
-        <v>23.38</v>
+        <v>61</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B34" s="2" t="s">
         <v>72</v>
       </c>
-      <c r="B34" s="2" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="C34" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D34" s="3">
-        <v>250</v>
+        <v>102</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B35" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="B35" s="2" t="s">
+      <c r="C35" s="3" t="s">
         <v>75</v>
       </c>
-      <c r="C35" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D35" s="3">
-        <v>33</v>
+        <v>51.4</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" s="2" t="s">
         <v>76</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="C36" s="2" t="s">
-        <v>6</v>
+      <c r="C36" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D36" s="3">
-        <v>24</v>
+        <v>25.6</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" s="2" t="s">
         <v>78</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C37" s="2" t="s">
-        <v>6</v>
+      <c r="C37" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D37" s="3">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" s="2" t="s">
         <v>80</v>
       </c>
       <c r="B38" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="C38" s="2" t="s">
-        <v>14</v>
+      <c r="C38" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D38" s="3">
-        <v>101.8</v>
+        <v>80.65000000000001</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" s="2" t="s">
         <v>82</v>
       </c>
       <c r="B39" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C39" s="2" t="s">
-        <v>53</v>
+      <c r="C39" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D39" s="3">
-        <v>56.4</v>
+        <v>72.09999999999999</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" s="2" t="s">
         <v>84</v>
       </c>
       <c r="B40" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C40" s="2" t="s">
-        <v>53</v>
+      <c r="C40" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D40" s="3">
-        <v>25.6</v>
+        <v>25.4</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" s="2" t="s">
         <v>86</v>
       </c>
       <c r="B41" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="C41" s="2" t="s">
-        <v>53</v>
+      <c r="C41" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D41" s="3">
-        <v>59.9</v>
+        <v>158.7</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" s="2" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="C42" s="2" t="s">
-        <v>53</v>
+      <c r="C42" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D42" s="3">
-        <v>72.09999999999999</v>
+        <v>72</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" s="2" t="s">
         <v>90</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>91</v>
       </c>
-      <c r="C43" s="2" t="s">
-        <v>53</v>
+      <c r="C43" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D43" s="3">
-        <v>49.4</v>
+        <v>47.25</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" s="2" t="s">
         <v>92</v>
       </c>
       <c r="B44" s="2" t="s">
         <v>93</v>
       </c>
-      <c r="C44" s="2" t="s">
-        <v>17</v>
+      <c r="C44" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D44" s="3">
-        <v>165.93</v>
+        <v>63</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" s="2" t="s">
         <v>94</v>
       </c>
       <c r="B45" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="C45" s="2" t="s">
+      <c r="C45" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D45" s="3">
-        <v>50.3</v>
+        <v>35.3</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" s="2" t="s">
         <v>96</v>
       </c>
       <c r="B46" s="2" t="s">
         <v>97</v>
       </c>
-      <c r="C46" s="2" t="s">
-        <v>17</v>
+      <c r="C46" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D46" s="3">
-        <v>74.09999999999999</v>
+        <v>28</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" s="2" t="s">
         <v>98</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="C47" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D47" s="3">
-        <v>48.75</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" s="2" t="s">
         <v>100</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>101</v>
       </c>
-      <c r="C48" s="2" t="s">
-        <v>6</v>
+      <c r="C48" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D48" s="3">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" s="2" t="s">
         <v>102</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="C49" s="2" t="s">
+      <c r="C49" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D49" s="3">
-        <v>35.3</v>
+        <v>46</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" s="2" t="s">
         <v>104</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>105</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="C50" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D50" s="3">
-        <v>28</v>
+        <v>32.35</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" s="2" t="s">
         <v>106</v>
       </c>
       <c r="B51" s="2" t="s">
         <v>107</v>
       </c>
-      <c r="C51" s="2" t="s">
-        <v>6</v>
+      <c r="C51" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D51" s="3">
-        <v>31.5</v>
+        <v>540</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" s="2" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="2" t="s">
         <v>109</v>
       </c>
-      <c r="C52" s="2" t="s">
+      <c r="C52" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D52" s="3">
-        <v>85</v>
+        <v>370</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" s="2" t="s">
         <v>110</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="C53" s="2" t="s">
+      <c r="C53" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D53" s="3">
-        <v>46</v>
+        <v>158.8</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" s="2" t="s">
         <v>112</v>
       </c>
       <c r="B54" s="2" t="s">
         <v>113</v>
       </c>
-      <c r="C54" s="2" t="s">
-        <v>6</v>
+      <c r="C54" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D54" s="3">
-        <v>33.7</v>
+        <v>76.40000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" s="2" t="s">
         <v>114</v>
       </c>
       <c r="B55" s="2" t="s">
         <v>115</v>
       </c>
-      <c r="C55" s="2" t="s">
+      <c r="C55" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D55" s="3">
-        <v>544.9</v>
+        <v>108.75</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" s="2" t="s">
         <v>116</v>
       </c>
       <c r="B56" s="2" t="s">
         <v>117</v>
       </c>
-      <c r="C56" s="2" t="s">
+      <c r="C56" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D56" s="3">
-        <v>369.6</v>
+        <v>319.9</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" s="2" t="s">
         <v>118</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>119</v>
       </c>
-      <c r="C57" s="2" t="s">
+      <c r="C57" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D57" s="3">
-        <v>162.35</v>
+        <v>335.8</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" s="2" t="s">
         <v>120</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>121</v>
       </c>
-      <c r="C58" s="2" t="s">
+      <c r="C58" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D58" s="3">
-        <v>76.40000000000001</v>
+        <v>42.7</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" s="2" t="s">
         <v>122</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>123</v>
       </c>
-      <c r="C59" s="2" t="s">
+      <c r="C59" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D59" s="3">
-        <v>112.55</v>
+        <v>25.62</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" s="2" t="s">
         <v>124</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>125</v>
       </c>
-      <c r="C60" s="2" t="s">
+      <c r="C60" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D60" s="3">
-        <v>319.9</v>
+        <v>27.2</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" s="2" t="s">
         <v>126</v>
       </c>
       <c r="B61" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="C61" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D61" s="3">
-        <v>335.8</v>
+        <v>27</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" s="2" t="s">
         <v>128</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="C62" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D62" s="3">
-        <v>42.7</v>
+        <v>28.5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" s="2" t="s">
         <v>130</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>131</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="C63" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D63" s="3">
-        <v>25.62</v>
+        <v>49</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" s="2" t="s">
         <v>132</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>133</v>
       </c>
-      <c r="C64" s="2" t="s">
-        <v>17</v>
+      <c r="C64" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D64" s="3">
-        <v>27.2</v>
+        <v>414.9</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" s="2" t="s">
         <v>134</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="C65" s="2" t="s">
-        <v>17</v>
+      <c r="C65" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D65" s="3">
-        <v>27</v>
+        <v>127.2</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" s="2" t="s">
         <v>136</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="C66" s="2" t="s">
-        <v>17</v>
+      <c r="C66" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D66" s="3">
-        <v>28.5</v>
+        <v>43.7</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" s="2" t="s">
         <v>138</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="C67" s="2" t="s">
-        <v>17</v>
+      <c r="C67" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D67" s="3">
-        <v>49</v>
+        <v>142.2</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" s="2" t="s">
         <v>140</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="C68" s="2" t="s">
-        <v>6</v>
+      <c r="C68" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D68" s="3">
-        <v>428.04</v>
+        <v>159.7</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" s="2" t="s">
         <v>142</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>143</v>
       </c>
-      <c r="C69" s="2" t="s">
-        <v>6</v>
+      <c r="C69" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D69" s="3">
-        <v>103.57</v>
+        <v>137.1</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" s="2" t="s">
         <v>144</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="C70" s="2" t="s">
-        <v>6</v>
+      <c r="C70" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D70" s="3">
-        <v>32.31</v>
+        <v>119.8</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" s="2" t="s">
         <v>146</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="C71" s="2" t="s">
-        <v>6</v>
+      <c r="C71" s="3" t="s">
+        <v>17</v>
       </c>
       <c r="D71" s="3">
-        <v>142.53</v>
+        <v>74.56</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" s="2" t="s">
         <v>148</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>149</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="C72" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D72" s="3">
-        <v>184.18</v>
+        <v>43.85</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" s="2" t="s">
         <v>150</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>151</v>
       </c>
-      <c r="C73" s="2" t="s">
+      <c r="C73" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D73" s="3">
-        <v>108.79</v>
+        <v>41.8</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" s="2" t="s">
         <v>152</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="C74" s="2" t="s">
-        <v>17</v>
+      <c r="C74" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D74" s="3">
-        <v>134.45</v>
+        <v>91.40000000000001</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" s="2" t="s">
         <v>154</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="C75" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D75" s="3">
-        <v>74.56</v>
+        <v>57.99</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" s="2" t="s">
         <v>156</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>157</v>
       </c>
-      <c r="C76" s="2" t="s">
-        <v>17</v>
+      <c r="C76" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D76" s="3">
-        <v>43.85</v>
+        <v>119.85</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" s="2" t="s">
         <v>158</v>
       </c>
       <c r="B77" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="C77" s="2" t="s">
+      <c r="C77" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D77" s="3">
-        <v>41.8</v>
+        <v>44.02</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" s="2" t="s">
         <v>160</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>161</v>
       </c>
-      <c r="C78" s="2" t="s">
-        <v>14</v>
+      <c r="C78" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D78" s="3">
-        <v>95.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" s="2" t="s">
         <v>162</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="C79" s="2" t="s">
-        <v>17</v>
+      <c r="C79" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D79" s="3">
-        <v>57.99</v>
+        <v>43.76</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" s="2" t="s">
         <v>164</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C80" s="2" t="s">
-        <v>6</v>
+      <c r="C80" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D80" s="3">
-        <v>119.22</v>
+        <v>41.37</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" s="2" t="s">
         <v>166</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>167</v>
       </c>
-      <c r="C81" s="2" t="s">
-        <v>17</v>
+      <c r="C81" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D81" s="3">
-        <v>44.02</v>
+        <v>29</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" s="2" t="s">
         <v>168</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>169</v>
       </c>
-      <c r="C82" s="2" t="s">
-        <v>6</v>
+      <c r="C82" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D82" s="3">
-        <v>25</v>
+        <v>109.6</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" s="2" t="s">
         <v>170</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>171</v>
       </c>
-      <c r="C83" s="2" t="s">
-        <v>14</v>
+      <c r="C83" s="3" t="s">
+        <v>9</v>
       </c>
       <c r="D83" s="3">
-        <v>41.37</v>
+        <v>43.45</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" s="2" t="s">
         <v>172</v>
       </c>
       <c r="B84" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="C84" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D84" s="3">
-        <v>29</v>
+        <v>68.95</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" s="2" t="s">
         <v>174</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="C85" s="2" t="s">
+      <c r="C85" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D85" s="3">
-        <v>103.6</v>
+        <v>75.5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" s="2" t="s">
         <v>176</v>
       </c>
       <c r="B86" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="C86" s="2" t="s">
+      <c r="C86" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D86" s="3">
-        <v>58.2</v>
+        <v>33.35</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" s="2" t="s">
         <v>178</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="C87" s="2" t="s">
-        <v>9</v>
+      <c r="C87" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D87" s="3">
-        <v>81.7</v>
+        <v>93.59999999999999</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" s="2" t="s">
         <v>180</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>181</v>
       </c>
-      <c r="C88" s="2" t="s">
-        <v>9</v>
+      <c r="C88" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D88" s="3">
-        <v>34.55</v>
+        <v>50.7</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" s="2" t="s">
         <v>182</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>183</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="C89" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D89" s="3">
-        <v>93.59999999999999</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" s="2" t="s">
         <v>184</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="C90" s="2" t="s">
-        <v>14</v>
+      <c r="C90" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D90" s="3">
-        <v>50.7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" s="2" t="s">
         <v>186</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>187</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="C91" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="3">
-        <v>20</v>
+        <v>50.6</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" s="2" t="s">
         <v>188</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>189</v>
       </c>
-      <c r="C92" s="2" t="s">
-        <v>6</v>
+      <c r="C92" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D92" s="3">
-        <v>50</v>
+        <v>99</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" s="2" t="s">
         <v>190</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="C93" s="2" t="s">
-        <v>6</v>
+      <c r="C93" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D93" s="3">
-        <v>50.6</v>
+        <v>89.2</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" s="2" t="s">
         <v>192</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>193</v>
       </c>
-      <c r="C94" s="2" t="s">
-        <v>53</v>
+      <c r="C94" s="3" t="s">
+        <v>6</v>
       </c>
       <c r="D94" s="3">
-        <v>99.5</v>
+        <v>20.4</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" s="2" t="s">
         <v>194</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>195</v>
       </c>
-      <c r="C95" s="2" t="s">
-        <v>53</v>
+      <c r="C95" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D95" s="3">
-        <v>102.15</v>
+        <v>59.5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" s="2" t="s">
         <v>196</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="C96" s="2" t="s">
+      <c r="C96" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D96" s="3">
-        <v>20.4</v>
+        <v>110</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" s="2" t="s">
         <v>198</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="C97" s="2" t="s">
-        <v>53</v>
+      <c r="C97" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D97" s="3">
-        <v>59.5</v>
+        <v>76.3</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" s="2" t="s">
         <v>200</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="C98" s="2" t="s">
-        <v>6</v>
+      <c r="C98" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D98" s="3">
-        <v>110</v>
+        <v>171.5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" s="2" t="s">
         <v>202</v>
       </c>
       <c r="B99" s="2" t="s">
         <v>203</v>
       </c>
-      <c r="C99" s="2" t="s">
-        <v>53</v>
+      <c r="C99" s="3" t="s">
+        <v>75</v>
       </c>
       <c r="D99" s="3">
-        <v>95.8</v>
+        <v>114.5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" s="2" t="s">
         <v>204</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="C100" s="2" t="s">
-        <v>53</v>
+      <c r="C100" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D100" s="3">
-        <v>172.5</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" s="2" t="s">
         <v>206</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>207</v>
       </c>
-      <c r="C101" s="2" t="s">
-        <v>53</v>
+      <c r="C101" s="3" t="s">
+        <v>14</v>
       </c>
       <c r="D101" s="3">
-        <v>114.5</v>
+        <v>68.59</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" s="2" t="s">
         <v>208</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>209</v>
       </c>
-      <c r="C102" s="2" t="s">
+      <c r="C102" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D102" s="3">
-        <v>127.35</v>
-[...13 lines deleted...]
-        <v>71.59</v>
+        <v>56.3</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" s="2" t="s">
-        <v>212</v>
-[...13 lines deleted...]
-        <v>214</v>
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>